--- v0 (2025-10-16)
+++ v1 (2026-03-10)
@@ -54,1685 +54,1685 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Socorro Bandeira</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND.001/2017 VER.SOCORRO ABREU - SOLICITA A CONSTRUÇÃO DE 01 (UM) POÇO ARTESIANO NA REGIÃO DO URUÁ</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Markson M. Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/209/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/209/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. 001/2017 - VER. MARKSON BARBOSA - CONSTRUÇÃO OU ADEQUAÇÃO DO CAMPO DE AREIA DO BAIRRO MANICOREZINHO NO MESMO PADRÃO DO  CAMPO DE AREIA DO ROSÁRIO, COM ARQUIBANCADA, PROTEÇÃO, DRENAGEM E ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/211/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/211/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND. 002/2017 - VER. MARKSON BARBOSA - DESAPROPRIAÇÃO DE IMÓVEL PARA UTILIDADE PÚBLICA E FUNÇÃO SOCIAL</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/213/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/213/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. 003/2017 - VER. MARKSON BARBOSA - TAPA BURACO NA RUA MARIA BOM FIM, BAIRRO SÃO SEBASTIÃO</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Charles Meireles</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/232/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/232/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. 001/2017 - VER. CHARLES MEIRELES - SOLICITA OBRA DE CONSTRUÇÃO DE UMA NOVA ESCOLA MUNICIPAL SÃO PEDRO E REFORMA DA ESCOLA ANTIGA, TRANSFORMANDO-A EM RESIDENCIAS PARA OS PROFESSORES</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/233/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/233/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND. 002/2017 - VER. CHARLES MEIRELES - SOLICITA CONSTRUÇÃO DE UM NOVO POSTO DE SAÚDE OU REFORMA DO EXISTENTE, NA VILA DE VERDUM.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/234/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/234/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 004/2017 - VR- CHARLES MERELES REALIZAR OBRAS DE REFORMAS DO POSTO SAÚDE LAGO DO ACARÁ, BEM COMO O SEU COMO O SEU APARELHAMENTO, A DISPOSIÇÃO DE MEDICAMENTOS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/241/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/241/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 005/2017 -VR CHARLES MeirelesS  realiza obra de  Reforma e ampliaçãos da a  Escola Municipal  Nossa Senhora da Saúde Lago do Acara.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/244/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/244/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 003/2017 - VR CHARLES MEiRELES  realizar obra de Reforma e Ampliaçãos da Escola Municipal São Francismo || Lago do Acara.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/246/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/246/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 006/2017 - VR CRARLES MEIRELES Realizar obra de Construçãos da Escolas Municipal Parananema Lago do Acara.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/249/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/249/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND.  Nº 007/2017 - VR CHARLES MEIRELES , Lus e Construçãos de uma rede Elétrica na COMUNIDADE DE CONSTÂNCIO RIO MADEIRA.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>A. Mario do Rosário</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/251/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/251/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. 001/2017 VER. MARIO DO ROSARIO - SOLICITA A MANUTENÇÃO DA ESCOLA MUNICIPAL NOSSA SENHORA DO ROSÁRIO NA COMUNIDADE DE JATUARANA/ VISTA ALEGRE.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/</t>
+    <t>http://sapl.manicore.am.leg.br/media/</t>
   </si>
   <si>
     <t>IND. 002/2017 VER. MARIO DO ROSARIO - SOLICITA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL SAMUEL FERREIRA NA COMUNIDADE PONTA NOVA.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/254/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/254/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. 003/2017 VER. MARIO DO ROSARIO - SOLICITA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL CARIDADE, COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/256/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/256/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND. 004/2017 VER. MARIO DO ROSARIO - SOLICITA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL SEBASTIÃO DE MELO, NA COMUNIDADE DE URUCURY.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/257/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/257/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND. 005/2017 VER. MARIO DO ROSARIO - SOLICITA A CONSTRUÇÃO DA ESCADA DO PORTO DA COMUNIDADE DE SANTA MARIA NA REGIÃO DE ÁGUA AZUL.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/258/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/258/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND. 006/2017 VER. MARIO DO ROSARIO - SOLICITA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL SAGRADO CORAÇÃO DE JESUS COMUNIDADE DE DEMOCRACIA- RIO MADEIRA.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/259/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/259/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND. 007/2017 VER. MARIO DO ROSARIO - SOLICITA A CONSTRUÇÃO DE ESCADAS NOS PORTOS DAS COMUNIDADES DE ITAPINIMA, MARAVILHA E MACACO PREGO, SITUADAS NO RIO MADEIRA.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/260/indicacao_008_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/260/indicacao_008_2017.pdf</t>
   </si>
   <si>
     <t>IND. 008/2017 VER. MARIO DO ROSARIO - SOLICITA O MELHORAMENTO DAS ENTRADAS VICINAIS E RAMAIS DO MUNICIPIO DE MANICORÉ; ESTRADA DE IGARAPEZINHO, ESTRADA DO INAJÁ, ESTRADA DA BOCA DO RIO, ESTRADA DO SINDICATO, ESTRADA DE MONTE SANTO, ESTRADA DO ALONSO, RAMAL DE DEMOCRACIA, RAMAL DE SANTA LUZIA, RAMAL DO IGARAPÉ GRANDE, RAMAL FOME ZERP, RAMAL DO GAÚCHO, RAMAL BRASIL, RAMAL DE SANTO ANTONIO, RAMAL PEDRAL.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/261/indicacao_008_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/261/indicacao_008_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 008/2017 -VR CHARLES MEIRELES . Realiza obra de Reforma de Ampliaçãos  da Escola Municipal  São Francisco Comunidade de Repartimento -  Lago Jenipapo.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Luzinei Delgado</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/286/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/286/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 001/2017 - VR - LUZiNEI  DELGADO . Disponibilidade de Emenda Parlamentar ou Articulação junto ao Governo Federal para Aquisição de uma Balsa Fluvial Portuária para a Municipio  de Manicoré - AM.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/287/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/287/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 002/2017 - VR . LUZINEI DELGADO. Emenda Parlamentar ou ARTICULAÇÃO juntos ao Governo ESTADUAL para Aguisição de uma Balsa Fluvial PORTUÃRIA para o Municipio de Manicoré.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/288/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/288/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 003/2017 - VR- LUZINEI DELGADA . Associação Bruno Eduardo Costa  - ABEC, Associação de Apoio ao Portador de Câncer Do Municipio de Manicoré.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/289/indicacao_009_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/289/indicacao_009_2017.pdf</t>
   </si>
   <si>
     <t>IND. 009/2017 VER. MARIO DO ROSARIO - SOLICITA  O MELHORAMENTO DAS RUAS DOS BAIRROS DE MANICORÉ; BECO QUATRO ESTAÇÃO, RUAS DAS FLORES, RUAAJURICABA NO BAIRRO DE SANTA LUZIA, RUAS DO BAIRRO DE PRESIDENTE LULA, RUAS DO BAIRRO BOM JARDIM E RUAS DO BAIRRO_x000D_
 NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/291/indicacao_010_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/291/indicacao_010_2017.pdf</t>
   </si>
   <si>
     <t>IND. 010/2017 VER. MARIO DO ROSÁRIO - SOLICITA A REFORMA DO CENTRO SOCIAL DA COMUNIDADE VISTA ALEGRE, MANUTENÇÃO DA REDE ELÉTRICA E DO GRUPO GERADOR.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/293/indicacao_011_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/293/indicacao_011_2017.pdf</t>
   </si>
   <si>
     <t>IND. 011/2017 VER. MARIO DO ROSÁRIO - SOLICITA A REFORMA DA COMUNIDADE DEMOCRACIA, MANUNTENÇÃO DA REDE ELETRICA E DO GRUPO GERADOR.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/294/indicacao_012_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/294/indicacao_012_2017.pdf</t>
   </si>
   <si>
     <t>IND. 012/2017 VER. MARIO DO ROSÁRIO - SOLICITA A REFORMA DO CENTRO SOCIAL DA COMUNIDADE JATUARANA, MANUTENÇÃO DA REDE ELETRICA E DO GRUPO GERADOR.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/295/indicacao_013_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/295/indicacao_013_2017.pdf</t>
   </si>
   <si>
     <t>IND. 013/2017 VER. MARIO DO ROSÁRIO - SOLICITA A CONSTRUÇÃO DA ESCOLA MUNICIPAL DA COMUNIDADE DE SANTA RITA DO URUÁ.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/296/indicacao_014_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/296/indicacao_014_2017.pdf</t>
   </si>
   <si>
     <t>IND. 014/2017 VER. MARIO DO ROSÁRIO - SOLICITA A CONSTRUÇÃO DA ESCOLA MUNICIPAL SÃO TOMÉ, COMUNIDADE DE MATAÚRA.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/297/indicacao_015_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/297/indicacao_015_2017.pdf</t>
   </si>
   <si>
     <t>IND. 015/2017 VER. MARIO DO ROSÁRIO - SOLICITA A RECUPERAÇÃO DA REDE ELETRICA E GRUPO GERADOR, DA COMUNIDADE SANTA RITA DO URUÁ.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/298/indicacao_016_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/298/indicacao_016_2017.pdf</t>
   </si>
   <si>
     <t>IND. 016/2017 VER. MARIO DO ROSÁRIO - SOLICITA A RECUPERAÇÃO DA REDE ELÉTRICA E GRUPO GERADOR, DA COMUNIDADE SÃO TOMÉ, RIO MATAURÁ.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/299/indicacao_017_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/299/indicacao_017_2017.pdf</t>
   </si>
   <si>
     <t>IND. 017/2017 VER. MARIO DO ROSÁRIO - SOLICITA A CONSTRUÇÃO DE UMA ESCADA NA COMUNIDADE RIBAMAR.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/300/indicacao_018_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/300/indicacao_018_2017.pdf</t>
   </si>
   <si>
     <t>IND. 018/2017 VER. MARIO DO ROSÁRIO - SOLICITA A RECUPERAÇÃO DA ESCOLA SÃO FRANCISCO, COMUNIDADE DE ITAPINIMA.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/301/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/301/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 004/2017. - LUZINEI DELGADO.  A Eletrobras Amazonas Energia A manutenção da rede Elétrica da luz para todoa, próximo A Margem RIO Materia.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>IND. Nº 005/2017 - VR .- LUZIENE DELGADO. A Reforma da  Quartel Da Guarda Municipal de Manicoré.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/303/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/303/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 006/2017- VR. LUZEINE DELGADO. A Reforma do Prédio do Conselho Tutel  Ar de MAnicoré.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/304/indicacao_009_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/304/indicacao_009_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 009/2017 - VR -LUZINEI  DELAGADO . Um buraco na Ruas IRMã Maria Rozivaldo de Paixão, no perimetro próximo a casa eventos Mistura fina, no Bairro de Mazzarello.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/305/indicacao_010_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/305/indicacao_010_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 010/2017 - VR. LUZiNEI DELGADO. Chefe do poder Executivo a aquisição de um Grupo Gerador ( Moto de 13 HP,com Gerador de 6,5 KVA  ) para COMUNIDADE DO MONTE DO HOREBE, LOCALIZADO NO DISTRIDO DE ÁGUA AZUL.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/306/indicacao_013_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/306/indicacao_013_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 013/2017 . VR. LUZINEI DELGADO _ CHEFE DO EXECUTIVO MUNICIPAL A SINALIZAÇÃO DAS RUAS DO MUNICIPIO DE MANICORÉ COMO PLACAS VERTICAIS, FAIXA DE PEDESTRE E LOMBADAS, BEM COMO A REVITALIZAÇÃO DAS SINALIZAÇÕES EXISTENTES .</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/307/indicacao_014_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/307/indicacao_014_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 014/2017 . VR. LUZINEI DELGADO . CHEFE DO PODER EXECUTIVO O PATROLAMENTO DA VICINAL QUE DÁ ACESSO AO BALNEÁRIO DO PROFº ADEMIR.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/308/indicacao_016_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/308/indicacao_016_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 16/2017 . VR- LUZENEI DELGADO . FORMA REGIMENTAL AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA ESCALA DE MADEIRA NO PORTO DA MATRIZ , NA ZONA URBANA DE MANICORÉ.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Gabinete da Presidência - GABPRES</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/309/indicacao_017_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/309/indicacao_017_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 17/2017 . VR - LUZINEI DELGADO . NA FORMA AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA ESCOLA DE MADEIRA NO PORTO DO CATANGA , NA ZONA  URBANA DE MANICORÉ.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/310/indicacao_018_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/310/indicacao_018_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 18/2017. VR. LUZINEI DELGADO .  NA FORMA REGIMENTAL AO CHEFE DO EXECUTIVO MUNICIPAL A CONSTRUÇÃO DE UMA ESCOLA DE MADEIRA NO PORTO DO MARCADO MUNICIPAL , NA ZONA URBANA DE MANICORÉ.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/311/indicacao_019_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/311/indicacao_019_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 19/2017 - VR . LUZUNEI  DELGADO .  Reforma ou a Construção de uma Escada de Madeira no Porto da Antiga Cosama , no Bairro de Santa Luzia.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/312/indicacao_020_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/312/indicacao_020_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 20/2017 - VR . LUZINEI DELGADO . Reforma e Ampliação da Escola Municipal São José do Miriti , no Lago do Matupiri Grande .</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/313/indicacao_021_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/313/indicacao_021_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 21/2017 - VR . LUZINEI  DELGADO. Construção de uma Ponte de Madeira no Centrinho , (  Caminha que dá acesso entre o Remanso na Margem Esquerda do Rio Mateira e a Comunidade do Miriti , no Lago do Matupiri  Grande )</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/314/indicacao_022_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/314/indicacao_022_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº022/2017- VR. LUZINEI DELGADO . ILUMINAÇÃO DE RUAS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/315/indicacao_023_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/315/indicacao_023_2017.pdf</t>
   </si>
   <si>
     <t>IND.  Nº 023/2017 - VR. LUZINEI DELGADO . Redução de seu Perimetro  Atural para os Padroes antigos : assim como a Reforma ou Construção de novos Banheiros no Logradouro.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/316/indicacao_024_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/316/indicacao_024_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 024/2017 - VR. LUZINEI DELGADO . India a Prefeitura Municipal de Manicoré que viabiliza o apoio Policial da Ronda  Ostensivas Cándido Mariano ( ROCAM ).</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/317/indicacao_025_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/317/indicacao_025_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 025/2017 - VR - LUZINEI DELGADO . Reforma e Ampliação da  Escola São Domingos  SAVIO  - na Barreira do Bom Intento.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/318/indicacao_026_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/318/indicacao_026_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nª 026/2017 - VR . LUZINEI DELGADO. ILUMINAÇÃO DAS RUAS DO BAIRROS PRES . LULA .</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/319/indicacao_027_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/319/indicacao_027_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 027/2017 - VR . Aquisição de uma Ambulância para o Hospital DR . Hamilton Cidade , no Municipio de  Manicoré _ AM .</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/320/indicacao_028_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/320/indicacao_028_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 028/2017 - VR - LUZINEI DELGADO . GUARDA MUNICIPAL FEMININO NO PRESIDIO.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/341/indicacao_017_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/341/indicacao_017_2017.pdf</t>
   </si>
   <si>
     <t>IND. 017/2017 VER. MARIO DO ROSARIO - CONSTRUÇÃO DE UMA ESCADA NA COMUNIDADE DE RIBAMAR.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/342/indicacao_018_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/342/indicacao_018_2017.pdf</t>
   </si>
   <si>
     <t>IND. 018/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA A RECUPERAÇÃO DA ESCOLA SÃO FRANCISCO, COMUNIDADE DE ITAPINIMA.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/343/indicacao_019_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/343/indicacao_019_2017.pdf</t>
   </si>
   <si>
     <t>IND. 019/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA  A RECUPERAÇÃO DA ESCOLA NA COMUNIDADE DE PONTA NATAL</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/344/indicacao_020_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/344/indicacao_020_2017.pdf</t>
   </si>
   <si>
     <t>IND. 020/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA A LIMPEZA DAS RUAS E RETIRADAS DE LIXO DO BAIRRO DE SANTO EXPEDITO ( MAS CONHECIDO COMO PRESIDENTE LULA).</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/345/indicacao_022_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/345/indicacao_022_2017.pdf</t>
   </si>
   <si>
     <t>IND. 022/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA MELHORAMENTO DAS ESTRADAS VICINAIS E RAMAIS NA ZONA RURAL DO MUNICÍPIO DE MANICORÉ, DA RECUPERAÇÃO DA ESTRADA QUE LIGA A DEMOCRACIA A VISTA ALEGRE E DEMOCRACIA A JATUARANA.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/346/indicacao_023_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/346/indicacao_023_2017.pdf</t>
   </si>
   <si>
     <t>IND. 023/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA A CONSTRUÇÃO DE UMA NOVA REDE ELÉTRICA E UM GRUPO GERADOR, PARA COMUNIDADE DE SÃO TOMÉ, NO RIO MATÁURA.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/347/indicacao_024_2014.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/347/indicacao_024_2014.pdf</t>
   </si>
   <si>
     <t>IND. 024/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA A CONSTRUÇÃO DE UMA NOVA REDE ELÉTRICA, E UM GRUPO GERADOR, PARA COMUNIDADE DE SANTA RITA DO ÚRUA.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>IND. 025/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA REPARO DA ILUMINAÇÃO PÚBLICA DO BAIRRO DE LAURA VICUNA ( CONHECIDA COMO IPASEA).</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/349/indicacao_026_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/349/indicacao_026_2017.pdf</t>
   </si>
   <si>
     <t>IND. 026/ 2017 VER. MARIO DO ROSÁRIO - SOLICITA A MANUTENÇÃO E RECUPERAÇÃO DA REDE ELÉTRICA E DO GRUPO GERADOR NA COMUNIDADE DE SANTA LUZIA / DISTRITO DE DEMOCRACIA.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Augusto Vieira</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/356/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/356/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. 003/2017 VER. AUGUSTO VIEIRA- AQUISIÇÃO DE VEICULO UTILITARIO TIPO PICK-UP PARA A GUARDA MUNICIPAL.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/357/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/357/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND. 004/2017 VER. AUGUSTO VIEIRA- SOLICITA A CONSTRUÇÃO DA CASA DE CULTURA- MUNICÍPIO DE MANICORÉ.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/358/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/358/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND. 006/2017 VER. AUGUSTO VIEIRA- SOLICITA APOIO FINANCEIRO PARA A REALIZAÇÃO DE DRENAGEM URBANA DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/359/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/359/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND. 005/2017 VER. AUGUSTO VIEIRA- SOLICITA APOIO FINANCEIRO PARA A REALIZAÇÃO DA XXIV FESTA DA MELANCIA E XXII FEIRA AGROPECUÁRIA DE MANICORÉ- EXPOMANI.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/361/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/361/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND. 007/2017 VER. AUGUSTO VIEIRA- SOLICITA A CONSTRUÇÃO DE UM CENTRO SOCIAL COMUNITÁRIO PARA A COMUNIDADE DE SANTO ANTONIO, LOCALIZADA NO KM 12 DA ESTRADA DO SINDICATO QUE SERVIRÁ AOS ASSOCIADOS DA ASSOCIAÇÃO DOS MORADORES DA COLONIA SINDICAL SANTO ANTONIO- ASMOCOSISAN.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Yuri Reis</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/366/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/366/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND.  Nº 001/2017 - VER . YURI LELO REIS . Construção  Praça da a  Igreja de Nossa Senhora  Aparecida de Manicoré .</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/369/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/369/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 002/2017 - VER . YURI LELO REIS . Construção de Escada no Porto da Comunidade de Boa Esperança Rio Madeira .</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/372/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/372/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 004/2017 - VER . YURI LELO REIS . Reforma e Ampliação da Escola Municipal Maria Araújo Pinto Comunidade de ÁGUA AZUL .</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>IND. Nº 005/2017 - VER . YURI LELO REIS . Aquisição de uma Ambulancha para Região de Onças .</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/374/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/374/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 006/2017 - VER . YURI LELO REIS . Instalação de dois Porte  De Iluminação na Praça da Bandeira .</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/375/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/375/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 007/2017 - VER . YURI LELO REIS . Delimitação da  Área de acesso ao Balneário do Miriti - Bacia Hidrografica de Santa Luzia e Rio Atininga.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND.002/2017 VER. SOCORRO ABREU - SOLICITA A CONSTRUÇÃO DE 01 (UM) POÇO ARTESIANO NA REGIÃO DA BARREIRA DE MANICORÉ</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND.004/2017 VER. SOCORRO ABREU - SOLICITA PLACAS DE IDENTIFICAÇÃO NAS COMUNIDADES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND.001/2017 VER. SOCORRO ABREU - SOLICITA A CONSTRUÇÃO DE 01 (UM) POÇO ARTESIANO NA REGIÃO DO URUÁ</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Nelson Monteiro</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 001/20017 - VER . NELSON MONTEIRO . Reforma da Escola Helio de Oliviera Rego na Comunidade de Ponta do Capanã Garnde.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 002/2017 - VER . NELSON MONTEIRO . Reforma da Escola São Francisco das Chagas na Comunidade de Nazaré do Retiro, Rio Mateira.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 003/2017 - VER . NELSON MONTEIRO . Limpeza no Igarapé que dar Acesso ao Lago do Capaná Grande .</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 004/2017 - VER . NELSON MONTEIRO . Iluminar o Campo de Areia da Comunidade de nossa Senhora Aparecida ( Bairro da Rocinha ) .</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 005/2017 - VER . NELSON MONTEIRO . Iluminar o Campo de Comunidade de Laura Vicúna  _ Bairro do IPASEA.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 006/2017 - VER . NELSON MONTEIRO . Iluminar o Campo de Areia da Comunidade de Nossa Senhora do Perpeto Socorro - Bairro do Manicorezinho .</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 007/2017 - VER . NELSON MONTEIRO . Recuperação e Melhoramento na Iluminação do Campo de Areia da Comunidade de Santa Luzia .</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>Edson Minoro</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/415/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/415/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 001/2017 VER. EDSON MINORU- INDICAÇÃO TRANSPORTE ESCOLAR NO RAMAL DOS GAÚCHOS.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/417/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/417/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 003/2017 VER. EDSON MINORO - SOLICITA A MANUTENÇÃO E AMPLIAÇÃO DA ILUMINAÇÃO PUBLICA DA SEDE DO DISTRITO DE SANTO ANTÓNIO DO MATUPI.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/418/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/418/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 004/2017 VER. EDSON MINORO - SOLICITA A MANUTENÇÃO E LIMPEZA DAS RUAS DA SEDE DO DISTRITO DO SANTO ANTÓNIO DO MATUPI.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/420/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/420/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 005/2017 VER. EDSON MINORO - SOLICITA A CONSTRUÇÃO DE UMA ESCOLA COM UMA SALA E REFEITÓRIO NA ALDEIA TRAKUÁ.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>IND. Nº 006/2017 VER. EDSON MINORO - SOLICITA A RECUPERAÇÃO DAS VICINAIS DO PROJETO ASSENTAMENTO NO MATUPI.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Socorro Torres</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 003/2017 - VER - MARIA DO SOCORRO TORRES PALHETA . Municipal de Manicoré por meio de suas Secretarias ou Setores_x000D_
 competentes, realizar a construção de uma escada na_x000D_
 comunidade Barreira do Matupiri, localizada no Rio Madeira.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 004/2017 - VER - MARIA DO SOCORRO TORRES PALHETA .competentes, realizar a construção de uma escada na_x000D_
 comunidade São Pedro do Uruá, localizada no rio Paraná do_x000D_
 Uruá .</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 005/2017 - VER - MARIA DO SOCORRO TORRES PALHETAconstrução de uma escada na_x000D_
 comunidade do Matupirizinho, localizada no lago do_x000D_
 Matupirizinho. .</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/468/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/468/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 006/2017 - VER -  MARIA DO SOCORRO TORRES PALHETA construção de uma escada na_x000D_
 comunidade de Terra Preta, localizada no lago do Atininga. .</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/469/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/469/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 007/2017 - VER - MARIA DO SOCORRO TORRES PALHETA .realizar a construção de uma escada na_x000D_
 comunidade de Santa Terezinha, localizada no lago do_x000D_
 Atininga.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/470/indicacao_008_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/470/indicacao_008_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 008/2017 - VER - MARIA DO SOCORRO TORRES PALHETA .município fazer obras de recuperação e_x000D_
 terraplenagem na Estrada do Barro Alto/Estrada do Picadão,_x000D_
 até a comunidade do Barro Alto, para fomentar o escoamento_x000D_
 da produção rural, o acesso de moradores e de produtos_x000D_
 industrializados e outros benefícios às comunidades_x000D_
 adjacentes.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/471/indicacao_009_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/471/indicacao_009_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 009/2017 - VER - MARIA DO SOCORRO TORRES PALHETA-construção de um novo cemitério_x000D_
 público no Município de Manicoré .</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/472/indicacao_010_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/472/indicacao_010_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 010/2017 - VER -MARIA DO SOCORRO TORRES PALHETA . construção de uma escota na_x000D_
 Comunidade indígena, Kamaymá:</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/473/indicacao_011_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/473/indicacao_011_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 011/2017 - VER - MARIA DO SOCORRO TORRES PALHETA perfuração de um poço na_x000D_
 Comunidade indígena. Kamaymá..</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_012_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_012_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 012/2017 - VER -MARIA DO SOCORRO TORRES PALHETA .realizar a construção de um Centro Social na_x000D_
 Comunidade indígena, Kamaymá</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Alvemar Costa</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 001/2017 VER. ALVEMAR - SOLICITA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL SÃO FRANCISCO DE ASSIS  DO DISTRITO DE BARRO ALTO, RIO MANICORÉ.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/489/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/489/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº002/2017 VER. ALVEMAR COSTA - SOLICITA A REFORMA E AMPLIAÇÃO DA ESCOLA MUNICIPAL JESUS VIDA, COMUNIDADE TRÊS ESTRELAS NO RIO MANICORÉ.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_003_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº003/2017 VER. ALVEMAR COSTA - SOLICITA A CONSTRUÇÃO DE UMA ESCADARIA NO PORTO DA COMUNIDADE DE PARAÍSO, NO RIO MANICORÉ.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº005/2017 VER. ALVEMAR COSTA - SOLICITA A AQUISIÇÃO DE UM MOTOR GERADOR DE ENERGIA PARA A ESCOLA DE SÃO FRANCISCO DE ASSIS, COMUNIDADE DE BARRO ALTO.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Michael Breves</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_001_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 001/2017 - VER - MICHAEL BREVES . comprar e instalar um Grupo Gerador_x000D_
 composto por 01 (um) Motor de 22 HP e 01 (um) Gerador de 12_x000D_
 KVA, na Comunidade rural de Catutuba.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_002_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 002/2017 - VER - MICHAEL BREVES realizar_x000D_
 reparos na rede de energia elétrica, na proximidade do Sitio_x000D_
 São Pedro, no Ramal do Monte Santo..</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_005_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 005/2017 - VER - MICHAEL DÁVID PINTO BREVES -construção de 01 (um) Centro Social_x000D_
 Comunitário, na Comunidade Fortaleza do Pau-Queimado,_x000D_
 margem esquerda do Rio Madeira.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_006_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 006/2017 - VER . MICHAEL DAVID PINTO BREVES . Escola Municipal Santo António, na Comunidade Santo_x000D_
 António do Pau Queimado, e da Escola Municipal Liberdade,_x000D_
 na Comunidade Liberdade de Onças, na zona rural do_x000D_
 Município de Manicoré .</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_007_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 007/2017 - VER - MICHAEL DAVID PINTO BREVES . REFORMA DO CENTRO SOCIAL DA COMUNIDADE DE SÃO JOÃO .</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_009_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_009_2017.pdf</t>
   </si>
   <si>
     <t>IND. Nº 009/2017 - VER - MICHAEL DAVID PINTO BREVES .CONSTRUÇÃO DE POÇO ARTESIANO .</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_010_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_010_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 010/2017 - VER - M1CHAEL DAVID PINTO BREVES . CONSTRUÇÃO DE UM CENTRO SOCIAL .</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_011_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_011_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 011/2017 - VER - MICHAEL BREVES .AMPLIAÇÃO DE ESCADA .</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_012_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_012_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 0012/2017 - VER - MICHAEL BREVES . CONSTRUÇÃO DE CENTRO SOCIAL .</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_004_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 004/2017 - VER . MICHAEL BREVES . PROMOÇÃO SOCIAL     ( SEMPE  )  realiza atendimento social a com a do SR ANTONIO JOSÉ  FERREIRA  DA CRUZ  DA COMUNIDADE RURAL DE CRISTINA .</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_008_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_008_2017.pdf</t>
   </si>
   <si>
     <t>IND . Nº 008/2017 - VER . MICHAEL BREVES . CONSTRUÇÃO DE ESCADA NA COMUNIDADE DE SÃO JOÃO .</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/406/projeto_de_lei_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/406/projeto_de_lei_2017.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2017- VER. YURI REIS - OBRIGA AS AGÊNCIAS BANCARIAS, CORREIOS, LOTÉRICAS, A INSTALAR PORTAS GIRATÓRIAS NAS ENTRADAS DAS ÁREAS DE AUTO-ATENDIMENTO.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_001_2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 001/2017 VER. AUGUSTO VIEIRA- O VEREADOR QUE ABAIXO SUBSCREVE, E APÓS OUVIR O SUPREMO PLENÁRIO DESTE PODER LEGISLATIVO, SOLICITA QUE SEJA ENVIADO AOS SENHORES - JOSÉ MELO, GOVERNADOR DO ESTADO DO AMAZONAS, EDMAR VIZOLI - PRESIDENTE DO INSTITUTO DE DESENVOLVIMENTO AGROPECUÁRIO E FLORESTAL SUSTENTÁVEL DO ESTADO DO AMAZONAS - IDAM, DANIELLE LINS IANNUZZI - ZOOTECNISTA DA SECRETARIA MUNICIPAL DE PRODUÇÃO - SEMAPA, ABDIAS PRADO BARBOSA-TRATADOR DA SEMAPA MOÇÃO DE AGRADECIMENTO E PARABENIZAÇÕES, PELOS RELEVANTES SERVIÇOS PRESTADOS A ESTE MUNICÍPIO, NA CRIAÇÃO E CONSTRUÇÃO DE_x000D_
 UMA GRANJA MATRIZEIRA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_002_2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 002/2017, VER. AUGUSTO VIEIRA- VOTOS DE PESAR.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_001_2017.pdf</t>
   </si>
   <si>
     <t>REQ. 001/2017 VERA. SOCORRO ABREU REQUER com base no Art. 100, do Regimento Interno da casa em vigor. Votos de Congratulações à Senhora Simone Verônica Mendes Dias Diretora do SPA Policlínica Danilo Corrêa/Manaus/Amazonas, pelos relevantes trabalhos prestados na atenção dispensada aos pacientes do município de Manicoré, atendidos por esta Unidade de Saúde na cidade de Manaus.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_002_2017_.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_002_2017_.pdf</t>
   </si>
   <si>
     <t>REQ. 002/2017 VERA. SOCORRO ABREU - REQUER com base no Art. 100, do Regimento interno da casa em vigor. Votos de Congratulações ao Senhor José Menezes Ribeiro Júnior Diretor da Maternidade Nazira Daou/Manaus/Amazonas, pelos relevantes trabalhos prestados na atenção dispensada aos pacientes do município de Manicoré, atendidos por esta Unidade de Saúde na cidade de Manaus.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>Requerimento Nº 002/2017 VEREADOR LUZINK1 DEEGADO - PSC_x000D_
 ASSUNTO: REQUER DA MESA D1RETORA O ENVIO DE CONVITE A_x000D_
 EMPRESA SUBSIDIADA AO DENIT, ANTONELLY CONSTRUÇÕES E_x000D_
 SERVIÇOS LTDA, A PRESTAR INFORMAÇÕES A POPULAÇÃO DE_x000D_
 MANICORÉ SOBRE A REAL SITUAÇÃO DO PORTO FLUVIAL_x000D_
 WALDOMIRO GOMES</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_003_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento . Nº 003/2017 - Vereador LUZINEI DELGADO . Moção de Congratulaçães.O vereador que este subscreve, vem nos termos regimentais vigentes, depois de_x000D_
 ouvido o Douto Plenário deste Poder Legislativo, Requer com base no Art. 100 do_x000D_
 Regimento Interno da casa em vigor, o envio de Moção de Congratulações ao_x000D_
 Excelentíssimo senhor PLAT1NY SOARES LOPES - Deputado Estadual.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_004_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento . Nº 004/2017 - Vereador LUZINEI  .O vereador que este subscreve, vem nos termos regimentais vigentes, depois de_x000D_
 ouvido o Douto Plenário deste Poder Legislativo, Requer com base no Art. 100 do_x000D_
 Regimento Interno da casa em vigor, o envio de Moção de Congratulações aos_x000D_
 Policiais Militares: CB QQPM JOSÉ AUGUSTO WILKINS DE OLIVEIRA, SD_x000D_
 QPPM CELIO ROBERTO SILVA DE OLIVEIRA, SD QPPM RAIMUNDO EDSON_x000D_
 GALDINO DO ESPIRITO SANTO E SD QPPM SIDNEY SOUZA DOS SANTOS,_x000D_
 ambos pertencentes ao 1° Pelotão do 4° Batalhão da Policia Militar em Manicoré</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_005_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_005_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento . Nº 005/2017 - VEREADOR LUZINEI DELGADO . O vereador que este subscreve, vem nos termos regimentais vigentes, depois de ouvido_x000D_
 o Douto Plenário deste Poder Legislativo, Requer com base no Art. 100, §3°, Inciso_x000D_
 VI, do Regimento Interno da casa em vigor, informações junto ao Prefeito ou por_x000D_
 intermédio da Secretaria Municipal do Infraestrutura sobre o Cronograma de Execução_x000D_
 da Pavimentação (tapa buracos, nivelamentos de ruas etc), da Zona Urbana e Suburbana_x000D_
 (Estradas e vicinais).</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_006_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_006_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento . Nº 006/2017 - LUZINEI DELGADO. O vereador que este subscreve, vem nos termos regimentais vigentes, depois de ouvido_x000D_
 o Douto Plenário deste Poder Legislativo, Requer com base no Art. 100, do_x000D_
 Regimento Interno da casa em vigor. Moção de Congratulações ao Deputado_x000D_
 Eederal Hissa Abrahão e Deputada Federal Conceição Sampaio, por ter votado_x000D_
 (NÃO) con sequentemente para que o presidente da República Micbel Temer fosse_x000D_
 investigado pelo Supremo Tribunal Federal.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_007_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_007_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento . Nº 007/2017 - VEREADOR LUZINEI DELGADO .O vereador que este subscreve, vem nos termos regimentais vigentes, depois de ouvido_x000D_
 o Douto Plenário deste Poder Legislativo, Requer com base no Art. 100, do_x000D_
 Regimento Interno da casa em vigor. O envio de Moção de Congratulações a_x000D_
 Igreja Evangélica Assembleia de Deus no Amazonas, pela comemoração de seus_x000D_
 100 anos de Fundação no Estado do Amazonas.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_004_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_004_2017.pdf</t>
   </si>
   <si>
     <t>REQ. 004/2017 VERA. SOCORRO ABREU - REQUER com base no Art. 100, do Regimento Interno da casa em vigor. Voto de Pesar à família dá Senhora Isabel Rodrigues de Souza, falecida nesta quinta-feira, dia 14 de setembro de 2017.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_001_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento - Nº 001/2017 . VER. NELSON MONTEIRO. O Vereador que este subscreve, vem nos termos regimentais vigentes deste_x000D_
 poder Legislativo Municipal, depois de ouvido o DOUTO PLENÁRIO DESTA_x000D_
 CASA, e de acordo com o Art. 100, parágrafo 3, inciso IX, com CAPUT do Art,_x000D_
 188 do Regimento Interno da Casa, REQUERER a CONVOCAÇÃO do Sr._x000D_
 Manuel do Rosário Paula da Costa - Secretario Municipal de Agricultura,_x000D_
 Produção e Abastecimento, para prestar esclarecimento e informações sobre_x000D_
 o funcionamento da Feira Coberta José Rui Vieira e Matrizeira.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_002_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento . Nº 002/2017 - VER. NELSON MONTEIRO. O Vereador que este subscreve, vem nos termos regimentais vigentes deste_x000D_
 »n^«. i „«;»!««.;..A ««.,„.«.«„! ^A»«.;A ^- **....:**.«. « n/M i-rr* ni CIUADI/*\A_x000D_
 JJlfUd l_CtJI0ICIUVU I«ILJI lli~l|JCll, UCpWlO UC UUVIUW O L^V^^&gt; l %-* r i~l_l1í-\IMV-r L^I_W l AÃ_x000D_
 CASA, e de acordo com o Art. 100, parágrafo 3, inciso IX, com CAPUT do Art,_x000D_
 188 do Regimento Interno da Casa, REQUERER a CONVOCAÇÃO do Sr._x000D_
 NEWTON CABRAL DE AZEVEDO NETO - Secretario Municipal de_x000D_
 Infraestrutura, para prestar esclarecimento e informações as problemáticas de_x000D_
 buracos 6 V3l3s em 3-0uníeis Ruas de nossa Cidade e tânibém sobre a_x000D_
 situação das Estradas e Vicinais.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_002_2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO . Nº 001/2017 - VER . VEREADORA:MARIA DO SOCORRO GUIMARÃES ABREU .A Vereadora que esta subscreve, vem nos termos Regimentais Vigentes, depois de_x000D_
 ouvido Doutor Plenário deste Poder Legislativo, REQUER com base no Art. 100, do_x000D_
 Regimento Interno da casa em vigor. Votos de Congratulações à Senhora Simone_x000D_
 Verónica Mendes Dias Diretora do SPA Policlínica Danilo_x000D_
 Corrêa/Manaus/Amazonas, pelos relevantes trabalhos prestados na atenção_x000D_
 dispensada aos pacientes do município de Manicoré, atendidos por esta Unidade de_x000D_
 Saúde na cidade de Manaus.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_003_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_003_2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO . Nº 003/2017 - VER - SOCORRO ABREU . A Vereadora que esta subscreve, vem nos termos Regimentais Vigentes, depois d_x000D_
 ouvido Doutor Plenário deste Poder Legislativo, REQUER com base no Art. 100, dó_x000D_
 Regimento Interno da casa em vigor. Votos de Congratulações à Senhora Laur_x000D_
 Miry Perez de Macedo - Representante do Município de Manicoré n» área d_x000D_
 Saúde na Cidade de Manaus/Amazonas, pelos relevantes trabalhos prestados na_x000D_
 menção impeiisHiia HUS pacientes do município de Manicoré, atendidos na cidade_x000D_
 de Manaus.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_001_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_001_2017.pdf</t>
   </si>
   <si>
     <t>Requerimento - Nº 001/2017 - VER - MICHAEL BREVES . Nas duas últimas semanas, muito tem-se ouvido de pessoas ligadas ao Executivo_x000D_
 Municipal e de populares que a Prefeitura Municipal estaria com diversas contas de luz_x000D_
 atrasadas, dos Postos de Saúde, das Secretarias e de outras unidades consumidoras; que tais_x000D_
 débitos foram deixados pelo Prefeito anterior; que, além das unidades consumidoras acima_x000D_
 mencionadas, os débitos referem-se, ainda, ao não pagamento do consumo da iluminação_x000D_
 pública; e que todos os débitos chegam a ultrapassar o valor de 1.000.000,00 (um milhão de_x000D_
 reais).</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_002_2017.pdf</t>
+    <t>http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_002_2017.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO - Nº 002/2017 - VER - EDSON MINORO . Os Vereadores que este subscreve, vem nos termos ^regimentais_x000D_
 vigente deste Poder Legislativo Municipal, REQUERER da mesa Diretora a_x000D_
 CRIAÇÃO DA COMISSÃO ESPECIAL PARA INSTALAÇÃO K_x000D_
 DELIMITAÇÕES DOS DISTRITOS COM PRAZO DE 120 DIAS, SANTO_x000D_
 AMÓNIO DO MA l UP1, BOM SUSPIRO, CAPANÃNZINHO, BARRO_x000D_
 ALTO, PONTA DO CAMPO, CACHOERINHA, PONTA NATAL,_x000D_
 VERDUM, ÁGUA AZUL, SÃO VICENTE E SÃO PEDRO DO URUÁ_x000D_
 conforme a EMENDA A LEI ORGÂNICA MUNICIPAL N"004/20I4, DE_x000D_
 25 DE AGOSTO DE 2014._x000D_
 No seu Art.71 inciso III , onde se diz A INTALAÇÃO DO DISTRITO SE_x000D_
 FARÁ PELA CÂMARA MUNICIPAL DE VEREADORES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2049,68 +2049,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/209/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/211/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/213/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/232/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/233/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/234/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/241/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/244/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/246/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/249/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/251/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/254/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/256/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/257/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/258/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/259/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/260/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/261/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/286/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/287/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/288/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/289/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/291/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/293/indicacao_011_2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/294/indicacao_012_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/295/indicacao_013_2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/296/indicacao_014_2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/297/indicacao_015_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/298/indicacao_016_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/299/indicacao_017_2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/300/indicacao_018_2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/301/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/303/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/304/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/305/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/306/indicacao_013_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/307/indicacao_014_2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/308/indicacao_016_2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/309/indicacao_017_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/310/indicacao_018_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/311/indicacao_019_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/312/indicacao_020_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/313/indicacao_021_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/314/indicacao_022_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/315/indicacao_023_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/316/indicacao_024_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/317/indicacao_025_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/318/indicacao_026_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/319/indicacao_027_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/320/indicacao_028_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/341/indicacao_017_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/342/indicacao_018_2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/343/indicacao_019_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/344/indicacao_020_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/345/indicacao_022_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/346/indicacao_023_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/347/indicacao_024_2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/349/indicacao_026_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/356/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/357/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/358/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/359/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/361/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/366/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/369/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/372/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/374/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/375/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/415/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/417/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/418/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/420/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/468/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/469/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/470/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/471/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/472/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/473/indicacao_011_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_012_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/489/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_011_2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_012_2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/406/projeto_de_lei_2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_002_2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_002_2017_.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_003_2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_004_2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_005_2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_006_2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_007_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_004_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_002_2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_002_2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_003_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_002_2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/386/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/209/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/211/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/213/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/232/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/233/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/234/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/241/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/244/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/246/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/249/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/251/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/254/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/256/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/257/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/258/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/259/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/260/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/261/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/286/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/287/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/288/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/289/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/291/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/293/indicacao_011_2017.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/294/indicacao_012_2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/295/indicacao_013_2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/296/indicacao_014_2017.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/297/indicacao_015_2017.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/298/indicacao_016_2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/299/indicacao_017_2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/300/indicacao_018_2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/301/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/303/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/304/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/305/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/306/indicacao_013_2017.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/307/indicacao_014_2017.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/308/indicacao_016_2017.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/309/indicacao_017_2017.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/310/indicacao_018_2017.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/311/indicacao_019_2017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/312/indicacao_020_2017.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/313/indicacao_021_2017.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/314/indicacao_022_2017.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/315/indicacao_023_2017.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/316/indicacao_024_2017.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/317/indicacao_025_2017.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/318/indicacao_026_2017.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/319/indicacao_027_2017.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/320/indicacao_028_2017.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/341/indicacao_017_2017.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/342/indicacao_018_2017.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/343/indicacao_019_2017.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/344/indicacao_020_2017.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/345/indicacao_022_2017.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/346/indicacao_023_2017.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/347/indicacao_024_2014.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/349/indicacao_026_2017.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/356/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/357/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/358/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/359/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/361/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/366/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/369/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/372/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/374/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/375/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/389/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/390/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/393/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/394/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/395/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/396/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/397/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/398/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/399/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/400/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/415/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/417/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/418/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/420/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/465/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/466/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/467/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/468/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/469/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/470/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/471/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/472/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/473/indicacao_011_2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/474/indicacao_012_2017.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/488/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/489/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/490/indicacao_003_2017.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/491/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/499/indicacao_001_2017.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/500/indicacao_002_2017.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/513/indicacao_005_2017.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/514/indicacao_006_2017.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/515/indicacao_007_2017.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/516/indicacao_009_2017.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/517/indicacao_010_2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/518/indicacao_011_2017.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/519/indicacao_012_2017.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/521/indicacao_004_2017.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/522/indicacao_008_2017.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/406/projeto_de_lei_2017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/363/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/364/requerimento_002_2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/404/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/407/requerimento_002_2017_.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/410/requerimento_003_2017.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/412/requerimento_004_2017.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/413/requerimento_005_2017.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/414/requerimento_006_2017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/416/requerimento_007_2017.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/421/requerimento_004_2017.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/432/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/433/requerimento_002_2017.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/511/requerimento_002_2017.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/512/requerimento_003_2017.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/523/requerimento_001_2017.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.manicore.am.leg.br/media/sapl/public/materialegislativa/2017/524/requerimento_002_2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>